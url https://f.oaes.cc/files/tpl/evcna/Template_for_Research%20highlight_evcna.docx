--- v0 (2025-10-06)
+++ v1 (2026-02-07)
@@ -5237,52 +5237,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Availability of data and materials </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71EE0CA5">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="156" w:beforeLines="50" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Not applicable.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="1097D0E4">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="156" w:beforeLines="50" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
@@ -5662,92 +5660,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Some authors may be bound by confidentiality agreements. In such cases, in place of itemized disclosures, we will require authors to state “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All authors declare that they are bound by confidentiality agreements that prevent them from disclosing their conflicts of interest in this work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="OLE_LINK11"/>
-      <w:bookmarkStart w:id="4" w:name="OLE_LINK10"/>
+      <w:bookmarkStart w:id="3" w:name="OLE_LINK10"/>
+      <w:bookmarkStart w:id="4" w:name="OLE_LINK11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C10296">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="156" w:beforeLines="50" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If authors are unsure whether conflicts of interest exist, please refer to the </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="OLE_LINK13"/>
-      <w:bookmarkStart w:id="6" w:name="OLE_LINK12"/>
+      <w:bookmarkStart w:id="5" w:name="OLE_LINK12"/>
+      <w:bookmarkStart w:id="6" w:name="OLE_LINK13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Conflicts of Interest” of OAE </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://oaepublish.com/pages/view/editorial_policies" </w:instrText>
       </w:r>
       <w:r>
@@ -5973,52 +5971,54 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>© The Author(s) 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>5</w:t>
-      </w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D3BC54">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="312" w:beforeLines="100" w:after="156" w:afterLines="50" w:line="260" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="190F13"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9575,51 +9575,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="90"/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:evenAndOddHeaders w:val="1"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11173,50 +11173,51 @@
     <w:rsid w:val="2C210B2E"/>
     <w:rsid w:val="2C2A72DB"/>
     <w:rsid w:val="2C2D5946"/>
     <w:rsid w:val="2C4A28B0"/>
     <w:rsid w:val="2C4A3D65"/>
     <w:rsid w:val="2C4F2E8C"/>
     <w:rsid w:val="2C565957"/>
     <w:rsid w:val="2C632B9A"/>
     <w:rsid w:val="2C6C7ACF"/>
     <w:rsid w:val="2C867513"/>
     <w:rsid w:val="2C8755E8"/>
     <w:rsid w:val="2CC223BE"/>
     <w:rsid w:val="2CC81BB7"/>
     <w:rsid w:val="2CD56B9C"/>
     <w:rsid w:val="2CD8768B"/>
     <w:rsid w:val="2CE069F3"/>
     <w:rsid w:val="2CE7056D"/>
     <w:rsid w:val="2CF2064D"/>
     <w:rsid w:val="2CFB1259"/>
     <w:rsid w:val="2CFC6F50"/>
     <w:rsid w:val="2D0B5834"/>
     <w:rsid w:val="2D162059"/>
     <w:rsid w:val="2D1E489A"/>
     <w:rsid w:val="2D2B1375"/>
     <w:rsid w:val="2D2B40FF"/>
+    <w:rsid w:val="2D2E6A52"/>
     <w:rsid w:val="2D367554"/>
     <w:rsid w:val="2D402ABE"/>
     <w:rsid w:val="2D461940"/>
     <w:rsid w:val="2D4803C2"/>
     <w:rsid w:val="2D4B43A3"/>
     <w:rsid w:val="2D570139"/>
     <w:rsid w:val="2D605FC2"/>
     <w:rsid w:val="2D6253ED"/>
     <w:rsid w:val="2D697CA7"/>
     <w:rsid w:val="2D6E70C0"/>
     <w:rsid w:val="2D722D0B"/>
     <w:rsid w:val="2D7517E9"/>
     <w:rsid w:val="2D763024"/>
     <w:rsid w:val="2D7B2AA1"/>
     <w:rsid w:val="2D7B4F43"/>
     <w:rsid w:val="2D8A6171"/>
     <w:rsid w:val="2D8C53F3"/>
     <w:rsid w:val="2D9D1E90"/>
     <w:rsid w:val="2DA27E32"/>
     <w:rsid w:val="2DA76CE3"/>
     <w:rsid w:val="2DAF5B8D"/>
     <w:rsid w:val="2DBE2C22"/>
     <w:rsid w:val="2DD30D24"/>
     <w:rsid w:val="2DD644DB"/>
     <w:rsid w:val="2DD90C2E"/>
@@ -15355,61 +15356,61 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Pages>6</Pages>
-  <Words>373</Words>
-  <Characters>2226</Characters>
+  <Words>1891</Words>
+  <Characters>11446</Characters>
   <Lines>112</Lines>
   <Paragraphs>31</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2555</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.22529_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>13178</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>A</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.22529</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>1A2296CB3ADB4FC29EC91C52997F61B0_12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiOGMyMTE4ZGE3ZmUzMmJjMDhlNDhjZjRhZDJlODZiMDciLCJ1c2VySWQiOiIzNDQ0ODM3MTIifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>